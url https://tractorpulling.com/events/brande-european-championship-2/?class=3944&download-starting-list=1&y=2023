--- v0 (2025-12-24)
+++ v1 (2026-03-24)
@@ -333,55 +333,51 @@
         <v>87.62</v>
       </c>
       <c r="G9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Deere Hunter (NO)</t>
         </is>
       </c>
       <c r="C10" s="0"/>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t>FP</t>
         </is>
       </c>
       <c r="E10" s="0"/>
       <c r="F10" s="0" t="n">
         <v>85.09</v>
       </c>
       <c r="G10" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0"/>
-      <c r="B11" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B11" s="0"/>
       <c r="C11" s="0"/>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t>FP</t>
         </is>
       </c>
       <c r="E11" s="0"/>
       <c r="F11" s="0" t="n">
         <v>67.92</v>
       </c>
       <c r="G11" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Blue Wiking (SE)</t>
         </is>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0" t="n">
         <v>95.96</v>
       </c>
       <c r="E12" s="0" t="n">
         <v>96.79</v>