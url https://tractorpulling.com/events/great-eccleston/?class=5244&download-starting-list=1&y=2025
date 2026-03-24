--- v0 (2025-11-26)
+++ v1 (2026-03-24)
@@ -194,51 +194,51 @@
         <v>111.17</v>
       </c>
       <c r="E2" s="0"/>
       <c r="F2" s="0"/>
       <c r="G2" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Aftermath Unleashed (GB)</t>
         </is>
       </c>
       <c r="C3" s="0"/>
       <c r="D3" s="0" t="n">
         <v>108.91</v>
       </c>
       <c r="E3" s="0"/>
       <c r="F3" s="0"/>
       <c r="G3" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>MPM Seaside Affair (NL)</t>
+          <t>Seaside Affair (NL)</t>
         </is>
       </c>
       <c r="C4" s="0"/>
       <c r="D4" s="0" t="n">
         <v>103.19</v>
       </c>
       <c r="E4" s="0"/>
       <c r="F4" s="0"/>
       <c r="G4" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Hot Art (NL)</t>
         </is>
       </c>
       <c r="C5" s="0"/>
       <c r="D5" s="0" t="n">
         <v>102.01</v>
       </c>
       <c r="E5" s="0"/>
       <c r="F5" s="0"/>
       <c r="G5" s="0"/>
     </row>