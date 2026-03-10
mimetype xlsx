--- v0 (2025-11-14)
+++ v1 (2026-03-10)
@@ -317,51 +317,51 @@
         <v>82.09</v>
       </c>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Gators (DK)</t>
         </is>
       </c>
       <c r="C10" s="0"/>
       <c r="D10" s="0" t="n">
         <v>75.18</v>
       </c>
       <c r="E10" s="0"/>
       <c r="F10" s="0"/>
       <c r="G10" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>MPM Seaside Affair (NL)</t>
+          <t>Seaside Affair (NL)</t>
         </is>
       </c>
       <c r="C11" s="0"/>
       <c r="D11" s="0"/>
       <c r="E11" s="0"/>
       <c r="F11" s="0"/>
       <c r="G11" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Hot Art (NL)</t>
         </is>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0"/>
       <c r="E12" s="0"/>
       <c r="F12" s="0"/>
       <c r="G12" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>