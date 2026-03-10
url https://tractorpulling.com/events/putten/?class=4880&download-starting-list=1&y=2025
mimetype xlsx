--- v0 (2025-10-24)
+++ v1 (2026-03-10)
@@ -164,51 +164,51 @@
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Pull 2</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Final 1</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Final 2</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Points</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0"/>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>MPM Seaside Affair (NL)</t>
+          <t>Seaside Affair (NL)</t>
         </is>
       </c>
       <c r="C2" s="0"/>
       <c r="D2" s="0" t="n">
         <v>111.56</v>
       </c>
       <c r="E2" s="0"/>
       <c r="F2" s="0"/>
       <c r="G2" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Dingo (DK)</t>
         </is>
       </c>
       <c r="C3" s="0"/>
       <c r="D3" s="0" t="n">
         <v>106.91</v>
       </c>
       <c r="E3" s="0"/>
       <c r="F3" s="0"/>
       <c r="G3" s="0"/>
     </row>