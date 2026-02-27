--- v0 (2025-12-29)
+++ v1 (2026-02-27)
@@ -373,55 +373,51 @@
       <c r="G11" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Hot Hunter (FI)</t>
         </is>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t>FP</t>
         </is>
       </c>
       <c r="E12" s="0"/>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>DNS</t>
         </is>
       </c>
       <c r="G12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0"/>
-      <c r="B13" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B13" s="0"/>
       <c r="C13" s="0"/>
       <c r="D13" s="0" t="n">
         <v>28.46</v>
       </c>
       <c r="E13" s="0"/>
       <c r="F13" s="0"/>
       <c r="G13" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Wild Horse (B)</t>
         </is>
       </c>
       <c r="C14" s="0"/>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t>DISQ</t>
         </is>
       </c>
       <c r="E14" s="0"/>
       <c r="F14" s="0"/>
       <c r="G14" s="0"/>
     </row>