--- v0 (2025-11-05)
+++ v1 (2026-02-27)
@@ -240,51 +240,51 @@
       <c r="G4" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Helveg Rocket Science (NL)</t>
         </is>
       </c>
       <c r="C5" s="0"/>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t>FP</t>
         </is>
       </c>
       <c r="E5" s="0"/>
       <c r="F5" s="0" t="n">
         <v>93.46</v>
       </c>
       <c r="G5" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>MPM Seaside Affair (NL)</t>
+          <t>Seaside Affair (NL)</t>
         </is>
       </c>
       <c r="C6" s="0"/>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t>FP</t>
         </is>
       </c>
       <c r="E6" s="0"/>
       <c r="F6" s="0" t="n">
         <v>93.12</v>
       </c>
       <c r="G6" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Russian Roulette XL (NL)</t>
         </is>
       </c>
       <c r="C7" s="0"/>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t>FP</t>